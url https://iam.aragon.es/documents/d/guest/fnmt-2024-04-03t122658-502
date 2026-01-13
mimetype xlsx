--- v0 (2025-11-13)
+++ v1 (2026-01-13)
@@ -3,70 +3,70 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\msolerh\Desktop\TRABAJO\Andrea\FNMT\FNMT 30 de septiembre\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\msolerh\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12450"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28770" windowHeight="11250"/>
   </bookViews>
   <sheets>
     <sheet name="FNMT" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="478" uniqueCount="477">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="479" uniqueCount="478">
   <si>
     <t>Abizanda</t>
   </si>
   <si>
     <t>Albero Bajo</t>
   </si>
   <si>
     <t>Alcalá de Gurrea</t>
   </si>
   <si>
     <t>Alcolea de Cinca</t>
   </si>
   <si>
     <t>Alerre</t>
   </si>
   <si>
     <t>Almudévar</t>
   </si>
   <si>
     <t>Almunia de San Juan</t>
   </si>
   <si>
     <t>Almuniente</t>
   </si>
   <si>
@@ -1452,51 +1452,54 @@
   <si>
     <t>Castejón de Valdejasa</t>
   </si>
   <si>
     <t>Instituto Aragonés del Agua</t>
   </si>
   <si>
     <t>Piedratajada</t>
   </si>
   <si>
     <t>Castelnou</t>
   </si>
   <si>
     <t>María de Huerva</t>
   </si>
   <si>
     <t>Nigüella</t>
   </si>
   <si>
     <t>Mesones de Isuela</t>
   </si>
   <si>
     <t>Albalate de Cinca</t>
   </si>
   <si>
-    <t>Entidades adheridas al Convenio FNMT - 25/09/2025</t>
+    <t>Entidades adheridas al Convenio FNMT - 25/11/2025</t>
+  </si>
+  <si>
+    <t>Pedrola</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00&quot; &quot;[$€-C0A];[Red]&quot;-&quot;#,##0.00&quot; &quot;[$€-C0A]"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1869,54 +1872,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:A478"/>
+  <dimension ref="A1:A479"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A457" workbookViewId="0">
-      <selection activeCell="F485" sqref="F485"/>
+    <sheetView tabSelected="1" topLeftCell="A200" workbookViewId="0">
+      <selection activeCell="D493" sqref="D493"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="63.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>105</v>
@@ -1937,2381 +1940,2386 @@
         <v>246</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
-        <v>108</v>
+        <v>475</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
-        <v>249</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>1</v>
+        <v>249</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
-        <v>250</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
-        <v>111</v>
+        <v>251</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
-        <v>252</v>
+        <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
-        <v>2</v>
+        <v>252</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
-        <v>418</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
-        <v>112</v>
+        <v>408</v>
       </c>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
-        <v>3</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
-        <v>113</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
-        <v>4</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>253</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
-        <v>114</v>
+        <v>253</v>
       </c>
     </row>
     <row r="30" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
-        <v>254</v>
+        <v>114</v>
       </c>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
-        <v>115</v>
+        <v>254</v>
       </c>
     </row>
     <row r="32" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
-        <v>429</v>
+        <v>116</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
-        <v>255</v>
+        <v>429</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>117</v>
+        <v>255</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
-        <v>256</v>
+        <v>117</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
-        <v>431</v>
+        <v>256</v>
       </c>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
-        <v>257</v>
+        <v>431</v>
       </c>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>5</v>
+        <v>257</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
-        <v>258</v>
+        <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
-        <v>6</v>
+        <v>258</v>
       </c>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
-        <v>429</v>
+        <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
-        <v>458</v>
+        <v>429</v>
       </c>
     </row>
     <row r="46" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
-        <v>9</v>
+        <v>458</v>
       </c>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
-        <v>259</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
-        <v>11</v>
+        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>118</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
-        <v>456</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
-        <v>121</v>
+        <v>456</v>
       </c>
     </row>
     <row r="56" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>12</v>
+        <v>121</v>
       </c>
     </row>
     <row r="57" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
-        <v>261</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
-        <v>122</v>
+        <v>261</v>
       </c>
     </row>
     <row r="59" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="60" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
-        <v>411</v>
+        <v>124</v>
       </c>
     </row>
     <row r="64" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A64" s="1" t="s">
-        <v>15</v>
+        <v>411</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A65" s="1" t="s">
-        <v>262</v>
+        <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
-        <v>16</v>
+        <v>262</v>
       </c>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A67" s="1" t="s">
-        <v>263</v>
+        <v>16</v>
       </c>
     </row>
     <row r="68" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A68" s="1" t="s">
-        <v>125</v>
+        <v>263</v>
       </c>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A69" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="70" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="71" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
-        <v>264</v>
+        <v>127</v>
       </c>
     </row>
     <row r="72" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
-        <v>128</v>
+        <v>264</v>
       </c>
     </row>
     <row r="73" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A73" s="1" t="s">
-        <v>265</v>
+        <v>128</v>
       </c>
     </row>
     <row r="74" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
-        <v>17</v>
+        <v>265</v>
       </c>
     </row>
     <row r="75" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A75" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A76" s="1" t="s">
-        <v>371</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A77" s="1" t="s">
-        <v>129</v>
+        <v>371</v>
       </c>
     </row>
     <row r="78" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A78" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="79" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A79" s="1" t="s">
-        <v>19</v>
+        <v>130</v>
       </c>
     </row>
     <row r="80" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A80" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A81" s="1" t="s">
-        <v>266</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A82" s="1" t="s">
-        <v>21</v>
+        <v>266</v>
       </c>
     </row>
     <row r="83" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A83" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A84" s="1" t="s">
-        <v>267</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A85" s="1" t="s">
-        <v>453</v>
+        <v>267</v>
       </c>
     </row>
     <row r="86" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A86" s="1" t="s">
-        <v>466</v>
+        <v>453</v>
       </c>
     </row>
     <row r="87" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A87" s="1" t="s">
-        <v>23</v>
+        <v>466</v>
       </c>
     </row>
     <row r="88" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A88" s="1" t="s">
-        <v>131</v>
+        <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A89" s="1" t="s">
-        <v>24</v>
+        <v>131</v>
       </c>
     </row>
     <row r="90" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
-        <v>268</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A91" s="1" t="s">
-        <v>25</v>
+        <v>268</v>
       </c>
     </row>
     <row r="92" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A92" s="1" t="s">
-        <v>132</v>
+        <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A93" s="1" t="s">
-        <v>269</v>
+        <v>132</v>
       </c>
     </row>
     <row r="94" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
-        <v>133</v>
+        <v>269</v>
       </c>
     </row>
     <row r="95" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A95" s="1" t="s">
-        <v>270</v>
+        <v>133</v>
       </c>
     </row>
     <row r="96" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A96" s="1" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
     </row>
     <row r="97" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A97" s="1" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
     </row>
     <row r="98" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A98" s="1" t="s">
-        <v>426</v>
+        <v>272</v>
       </c>
     </row>
     <row r="99" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
-        <v>134</v>
+        <v>426</v>
       </c>
     </row>
     <row r="100" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A100" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="101" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A101" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="102" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A102" s="1" t="s">
-        <v>273</v>
+        <v>136</v>
       </c>
     </row>
     <row r="103" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A103" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="104" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A104" s="1" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="105" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A105" s="1" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="105" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A105" s="5" t="s">
+    <row r="106" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A106" s="5" t="s">
         <v>137</v>
-      </c>
-[...3 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="107" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A107" s="1" t="s">
-        <v>422</v>
+        <v>138</v>
       </c>
     </row>
     <row r="108" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A108" s="1" t="s">
-        <v>139</v>
+        <v>422</v>
       </c>
     </row>
     <row r="109" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A109" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="110" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A110" s="1" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A111" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="112" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A112" s="1" t="s">
-        <v>446</v>
+        <v>28</v>
       </c>
     </row>
     <row r="113" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A113" s="1" t="s">
-        <v>29</v>
+        <v>446</v>
       </c>
     </row>
     <row r="114" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A114" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="115" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A115" s="1" t="s">
         <v>448</v>
       </c>
     </row>
-    <row r="115" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A115" s="3" t="s">
+    <row r="116" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A116" s="3" t="s">
         <v>360</v>
-      </c>
-[...3 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A117" s="1" t="s">
-        <v>141</v>
+        <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A118" s="1" t="s">
-        <v>449</v>
+        <v>141</v>
       </c>
     </row>
     <row r="119" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A119" s="1" t="s">
-        <v>31</v>
+        <v>449</v>
       </c>
     </row>
     <row r="120" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A120" s="1" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
     </row>
     <row r="121" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A121" s="1" t="s">
-        <v>32</v>
+        <v>142</v>
       </c>
     </row>
     <row r="122" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A122" s="1" t="s">
-        <v>468</v>
+        <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A123" s="1" t="s">
-        <v>143</v>
+        <v>468</v>
       </c>
     </row>
     <row r="124" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A124" s="1" t="s">
-        <v>471</v>
+        <v>143</v>
       </c>
     </row>
     <row r="125" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
-        <v>427</v>
+        <v>471</v>
       </c>
     </row>
     <row r="126" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A126" s="1" t="s">
-        <v>144</v>
+        <v>427</v>
       </c>
     </row>
     <row r="127" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A127" s="1" t="s">
-        <v>33</v>
+        <v>144</v>
       </c>
     </row>
     <row r="128" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A128" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="129" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A129" s="1" t="s">
-        <v>275</v>
+        <v>34</v>
       </c>
     </row>
     <row r="130" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A130" s="1" t="s">
-        <v>35</v>
+        <v>275</v>
       </c>
     </row>
     <row r="131" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A131" s="1" t="s">
-        <v>145</v>
+        <v>35</v>
       </c>
     </row>
     <row r="132" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A132" s="1" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="133" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A133" s="1" t="s">
-        <v>36</v>
+        <v>146</v>
       </c>
     </row>
     <row r="134" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A134" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="135" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A135" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="136" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A136" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="136" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A136" s="5" t="s">
+    <row r="137" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A137" s="5" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="137" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A137" s="8" t="s">
+    <row r="138" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A138" s="8" t="s">
         <v>432</v>
-      </c>
-[...3 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="139" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A139" s="1" t="s">
-        <v>439</v>
+        <v>39</v>
       </c>
     </row>
     <row r="140" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A140" s="1" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="141" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A141" s="1" t="s">
         <v>413</v>
-      </c>
-[...3 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="142" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="143" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A143" s="4" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="143" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A143" s="6" t="s">
+    <row r="144" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A144" s="6" t="s">
         <v>424</v>
       </c>
     </row>
-    <row r="144" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A144" s="4" t="s">
+    <row r="145" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
         <v>376</v>
       </c>
     </row>
-    <row r="145" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A145" s="6" t="s">
+    <row r="146" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A146" s="6" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="146" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A146" s="4" t="s">
+    <row r="147" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A147" s="4" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="147" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A147" s="3" t="s">
+    <row r="148" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A148" s="3" t="s">
         <v>369</v>
-      </c>
-[...3 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="149" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
     </row>
     <row r="150" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="151" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A151" s="4" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="151" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A151" s="3" t="s">
+    <row r="152" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A152" s="3" t="s">
         <v>383</v>
-      </c>
-[...3 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="153" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
     </row>
     <row r="154" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="155" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A155" s="4" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="155" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A155" s="6" t="s">
+    <row r="156" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A156" s="6" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="156" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A156" s="3" t="s">
+    <row r="157" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A157" s="3" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="157" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A157" s="4" t="s">
+    <row r="158" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A158" s="4" t="s">
         <v>378</v>
       </c>
     </row>
-    <row r="158" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A158" s="3" t="s">
+    <row r="159" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A159" s="3" t="s">
         <v>361</v>
       </c>
     </row>
-    <row r="159" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A159" s="4" t="s">
+    <row r="160" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A160" s="4" t="s">
         <v>398</v>
       </c>
     </row>
-    <row r="160" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A160" s="3" t="s">
+    <row r="161" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A161" s="3" t="s">
         <v>370</v>
-      </c>
-[...3 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="162" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="163" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="163" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A163" s="3" t="s">
+    <row r="164" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A164" s="3" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="164" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A164" s="2" t="s">
+    <row r="165" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A165" s="2" t="s">
         <v>402</v>
-      </c>
-[...3 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="166" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="167" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A167" s="3" t="s">
         <v>357</v>
       </c>
     </row>
-    <row r="167" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A167" s="1" t="s">
+    <row r="168" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A168" s="1" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="168" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A168" s="4" t="s">
+    <row r="169" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A169" s="4" t="s">
         <v>148</v>
-      </c>
-[...3 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="170" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A170" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="171" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A171" s="1" t="s">
-        <v>423</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A172" s="1" t="s">
-        <v>151</v>
+        <v>423</v>
       </c>
     </row>
     <row r="173" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A173" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="174" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A174" s="1" t="s">
-        <v>277</v>
+        <v>152</v>
       </c>
     </row>
     <row r="175" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A175" s="1" t="s">
-        <v>153</v>
+        <v>277</v>
       </c>
     </row>
     <row r="176" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A176" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="177" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A177" s="1" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="178" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A178" s="1" t="s">
         <v>278</v>
-      </c>
-[...3 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="179" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
     </row>
     <row r="180" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="181" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A181" s="4" t="s">
         <v>396</v>
-      </c>
-[...3 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="182" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A182" s="1" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="183" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A183" s="1" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="183" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A183" s="3" t="s">
+    <row r="184" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A184" s="3" t="s">
         <v>362</v>
       </c>
     </row>
-    <row r="184" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A184" s="4" t="s">
+    <row r="185" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A185" s="4" t="s">
         <v>373</v>
-      </c>
-[...3 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="186" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>455</v>
+        <v>365</v>
       </c>
     </row>
     <row r="187" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="188" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A188" s="3" t="s">
         <v>463</v>
       </c>
     </row>
-    <row r="188" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A188" s="4" t="s">
+    <row r="189" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A189" s="4" t="s">
         <v>390</v>
-      </c>
-[...3 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="190" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="191" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A191" s="3" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="191" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A191" s="4" t="s">
+    <row r="192" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A192" s="4" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="192" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A192" s="2" t="s">
+    <row r="193" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A193" s="2" t="s">
         <v>401</v>
-      </c>
-[...3 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="194" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A194" s="1" t="s">
-        <v>407</v>
+        <v>280</v>
       </c>
     </row>
     <row r="195" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A195" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
     </row>
     <row r="196" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A196" s="1" t="s">
-        <v>156</v>
+        <v>409</v>
       </c>
     </row>
     <row r="197" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A197" s="1" t="s">
-        <v>40</v>
+        <v>156</v>
       </c>
     </row>
     <row r="198" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A198" s="1" t="s">
-        <v>437</v>
+        <v>40</v>
       </c>
     </row>
     <row r="199" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A199" s="1" t="s">
-        <v>41</v>
+        <v>437</v>
       </c>
     </row>
     <row r="200" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A200" s="1" t="s">
-        <v>157</v>
+        <v>41</v>
       </c>
     </row>
     <row r="201" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A201" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="202" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A202" s="1" t="s">
-        <v>452</v>
+        <v>158</v>
       </c>
     </row>
     <row r="203" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A203" s="1" t="s">
-        <v>42</v>
+        <v>452</v>
       </c>
     </row>
     <row r="204" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A204" s="1" t="s">
-        <v>281</v>
+        <v>42</v>
       </c>
     </row>
     <row r="205" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A205" s="1" t="s">
-        <v>159</v>
+        <v>281</v>
       </c>
     </row>
     <row r="206" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A206" s="1" t="s">
-        <v>415</v>
+        <v>159</v>
       </c>
     </row>
     <row r="207" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A207" s="1" t="s">
-        <v>430</v>
+        <v>415</v>
       </c>
     </row>
     <row r="208" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A208" s="1" t="s">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="209" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A209" s="1" t="s">
-        <v>43</v>
+        <v>160</v>
       </c>
     </row>
     <row r="210" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A210" s="1" t="s">
-        <v>451</v>
+        <v>43</v>
       </c>
     </row>
     <row r="211" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A211" s="1" t="s">
-        <v>161</v>
+        <v>451</v>
       </c>
     </row>
     <row r="212" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A212" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="213" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A213" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="214" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A214" s="1" t="s">
-        <v>282</v>
+        <v>163</v>
       </c>
     </row>
     <row r="215" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A215" s="1" t="s">
-        <v>454</v>
+        <v>282</v>
       </c>
     </row>
     <row r="216" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A216" s="1" t="s">
-        <v>283</v>
+        <v>454</v>
       </c>
     </row>
     <row r="217" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A217" s="1" t="s">
-        <v>445</v>
+        <v>283</v>
       </c>
     </row>
     <row r="218" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A218" s="1" t="s">
-        <v>164</v>
+        <v>445</v>
       </c>
     </row>
     <row r="219" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A219" s="1" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="220" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A220" s="1" t="s">
-        <v>284</v>
+        <v>165</v>
       </c>
     </row>
     <row r="221" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A221" s="1" t="s">
-        <v>44</v>
+        <v>284</v>
       </c>
     </row>
     <row r="222" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A222" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="223" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A223" s="1" t="s">
-        <v>166</v>
+        <v>45</v>
       </c>
     </row>
     <row r="224" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A224" s="1" t="s">
-        <v>285</v>
+        <v>166</v>
       </c>
     </row>
     <row r="225" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A225" s="1" t="s">
-        <v>167</v>
+        <v>285</v>
       </c>
     </row>
     <row r="226" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A226" s="1" t="s">
-        <v>419</v>
+        <v>167</v>
       </c>
     </row>
     <row r="227" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A227" s="1" t="s">
-        <v>46</v>
+        <v>419</v>
       </c>
     </row>
     <row r="228" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A228" s="1" t="s">
-        <v>420</v>
+        <v>46</v>
       </c>
     </row>
     <row r="229" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A229" s="1" t="s">
-        <v>168</v>
+        <v>420</v>
       </c>
     </row>
     <row r="230" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A230" s="1" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
     </row>
     <row r="231" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A231" s="1" t="s">
-        <v>169</v>
+        <v>47</v>
       </c>
     </row>
     <row r="232" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A232" s="1" t="s">
-        <v>48</v>
+        <v>169</v>
       </c>
     </row>
     <row r="233" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A233" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="234" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A234" s="1" t="s">
-        <v>286</v>
+        <v>49</v>
       </c>
     </row>
     <row r="235" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A235" s="1" t="s">
-        <v>469</v>
+        <v>286</v>
       </c>
     </row>
     <row r="236" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A236" s="1" t="s">
-        <v>50</v>
+        <v>469</v>
       </c>
     </row>
     <row r="237" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A237" s="1" t="s">
-        <v>416</v>
+        <v>50</v>
       </c>
     </row>
     <row r="238" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A238" s="1" t="s">
-        <v>170</v>
+        <v>416</v>
       </c>
     </row>
     <row r="239" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A239" s="1" t="s">
-        <v>51</v>
+        <v>170</v>
       </c>
     </row>
     <row r="240" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A240" s="1" t="s">
-        <v>287</v>
+        <v>51</v>
       </c>
     </row>
     <row r="241" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A241" s="1" t="s">
-        <v>171</v>
+        <v>287</v>
       </c>
     </row>
     <row r="242" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A242" s="1" t="s">
-        <v>355</v>
+        <v>171</v>
       </c>
     </row>
     <row r="243" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A243" s="1" t="s">
-        <v>172</v>
+        <v>355</v>
       </c>
     </row>
     <row r="244" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A244" s="1" t="s">
-        <v>288</v>
+        <v>172</v>
       </c>
     </row>
     <row r="245" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A245" s="1" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
     </row>
     <row r="246" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A246" s="1" t="s">
-        <v>173</v>
+        <v>289</v>
       </c>
     </row>
     <row r="247" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A247" s="1" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
     </row>
     <row r="248" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A248" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="249" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A249" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="250" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A250" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="251" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A251" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="252" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A252" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="253" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A253" s="1" t="s">
-        <v>290</v>
+        <v>57</v>
       </c>
     </row>
     <row r="254" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A254" s="1" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="255" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A255" s="1" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="256" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A256" s="1" t="s">
-        <v>428</v>
+        <v>292</v>
       </c>
     </row>
     <row r="257" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A257" s="1" t="s">
-        <v>58</v>
+        <v>428</v>
       </c>
     </row>
     <row r="258" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A258" s="1" t="s">
-        <v>174</v>
+        <v>58</v>
       </c>
     </row>
     <row r="259" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A259" s="1" t="s">
-        <v>293</v>
+        <v>174</v>
       </c>
     </row>
     <row r="260" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A260" s="1" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="261" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A261" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
     </row>
     <row r="262" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A262" s="1" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="263" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A263" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
     </row>
     <row r="264" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A264" s="1" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="265" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A265" s="1" t="s">
         <v>298</v>
-      </c>
-[...3 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="266" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="267" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A267" s="3" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="267" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A267" s="4" t="s">
+    <row r="268" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A268" s="4" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="268" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A268" s="3" t="s">
+    <row r="269" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A269" s="3" t="s">
         <v>392</v>
       </c>
     </row>
-    <row r="269" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A269" s="4" t="s">
+    <row r="270" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A270" s="4" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="270" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A270" s="2" t="s">
+    <row r="271" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A271" s="2" t="s">
         <v>399</v>
       </c>
     </row>
-    <row r="271" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A271" s="3" t="s">
+    <row r="272" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A272" s="3" t="s">
         <v>363</v>
       </c>
     </row>
-    <row r="272" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A272" s="4" t="s">
+    <row r="273" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A273" s="4" t="s">
         <v>385</v>
-      </c>
-[...3 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="274" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A274" s="6" t="s">
-        <v>472</v>
+        <v>412</v>
       </c>
     </row>
     <row r="275" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A275" s="6" t="s">
-        <v>461</v>
+        <v>472</v>
       </c>
     </row>
     <row r="276" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A276" s="6" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="277" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A277" s="6" t="s">
         <v>460</v>
-      </c>
-[...3 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="278" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A278" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
     <row r="279" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A279" s="1" t="s">
-        <v>299</v>
+        <v>176</v>
       </c>
     </row>
     <row r="280" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A280" s="1" t="s">
-        <v>474</v>
+        <v>299</v>
       </c>
     </row>
     <row r="281" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A281" s="1" t="s">
-        <v>300</v>
+        <v>474</v>
       </c>
     </row>
     <row r="282" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A282" s="1" t="s">
-        <v>177</v>
+        <v>300</v>
       </c>
     </row>
     <row r="283" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A283" s="1" t="s">
-        <v>443</v>
+        <v>177</v>
       </c>
     </row>
     <row r="284" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A284" s="1" t="s">
-        <v>301</v>
+        <v>443</v>
       </c>
     </row>
     <row r="285" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A285" s="1" t="s">
-        <v>425</v>
+        <v>301</v>
       </c>
     </row>
     <row r="286" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A286" s="1" t="s">
-        <v>178</v>
+        <v>425</v>
       </c>
     </row>
     <row r="287" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A287" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="288" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A288" s="1" t="s">
-        <v>302</v>
+        <v>179</v>
       </c>
     </row>
     <row r="289" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A289" s="1" t="s">
-        <v>59</v>
+        <v>302</v>
       </c>
     </row>
     <row r="290" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A290" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="291" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A291" s="1" t="s">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="292" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A292" s="1" t="s">
-        <v>61</v>
+        <v>180</v>
       </c>
     </row>
     <row r="293" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A293" s="1" t="s">
-        <v>181</v>
+        <v>61</v>
       </c>
     </row>
     <row r="294" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="295" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A295" s="1" t="s">
-        <v>303</v>
+        <v>182</v>
       </c>
     </row>
     <row r="296" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A296" s="1" t="s">
-        <v>62</v>
+        <v>303</v>
       </c>
     </row>
     <row r="297" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A297" s="1" t="s">
-        <v>459</v>
+        <v>62</v>
       </c>
     </row>
     <row r="298" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A298" s="1" t="s">
-        <v>183</v>
+        <v>459</v>
       </c>
     </row>
     <row r="299" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A299" s="1" t="s">
-        <v>457</v>
+        <v>183</v>
       </c>
     </row>
     <row r="300" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A300" s="1" t="s">
-        <v>184</v>
+        <v>457</v>
       </c>
     </row>
     <row r="301" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A301" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="302" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A302" s="1" t="s">
-        <v>438</v>
+        <v>185</v>
       </c>
     </row>
     <row r="303" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A303" s="1" t="s">
-        <v>304</v>
+        <v>438</v>
       </c>
     </row>
     <row r="304" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A304" s="1" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
     </row>
     <row r="305" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A305" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="306" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A306" s="1" t="s">
-        <v>186</v>
+        <v>306</v>
       </c>
     </row>
     <row r="307" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A307" s="1" t="s">
-        <v>63</v>
+        <v>186</v>
       </c>
     </row>
     <row r="308" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A308" s="1" t="s">
-        <v>417</v>
+        <v>63</v>
       </c>
     </row>
     <row r="309" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A309" s="1" t="s">
-        <v>473</v>
+        <v>417</v>
       </c>
     </row>
     <row r="310" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A310" s="1" t="s">
-        <v>187</v>
+        <v>473</v>
       </c>
     </row>
     <row r="311" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A311" s="1" t="s">
-        <v>307</v>
+        <v>187</v>
       </c>
     </row>
     <row r="312" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A312" s="1" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
     </row>
     <row r="313" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A313" s="1" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
     </row>
     <row r="314" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A314" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="315" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A315" s="1" t="s">
-        <v>188</v>
+        <v>310</v>
       </c>
     </row>
     <row r="316" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A316" s="1" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="317" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A317" s="1" t="s">
-        <v>435</v>
+        <v>189</v>
       </c>
     </row>
     <row r="318" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A318" s="1" t="s">
-        <v>190</v>
+        <v>435</v>
       </c>
     </row>
     <row r="319" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A319" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
     </row>
     <row r="320" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A320" s="1" t="s">
-        <v>311</v>
+        <v>191</v>
       </c>
     </row>
     <row r="321" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A321" s="1" t="s">
-        <v>192</v>
+        <v>311</v>
       </c>
     </row>
     <row r="322" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A322" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
     </row>
     <row r="323" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A323" s="1" t="s">
-        <v>312</v>
+        <v>193</v>
       </c>
     </row>
     <row r="324" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A324" s="1" t="s">
-        <v>64</v>
+        <v>312</v>
       </c>
     </row>
     <row r="325" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A325" s="1" t="s">
-        <v>194</v>
+        <v>64</v>
       </c>
     </row>
     <row r="326" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A326" s="1" t="s">
-        <v>313</v>
+        <v>194</v>
       </c>
     </row>
     <row r="327" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A327" s="1" t="s">
-        <v>65</v>
+        <v>313</v>
       </c>
     </row>
     <row r="328" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A328" s="1" t="s">
-        <v>403</v>
+        <v>65</v>
       </c>
     </row>
     <row r="329" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A329" s="1" t="s">
-        <v>195</v>
+        <v>403</v>
       </c>
     </row>
     <row r="330" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A330" s="1" t="s">
-        <v>314</v>
+        <v>195</v>
       </c>
     </row>
     <row r="331" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A331" s="1" t="s">
-        <v>196</v>
+        <v>314</v>
       </c>
     </row>
     <row r="332" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A332" s="1" t="s">
-        <v>66</v>
+        <v>477</v>
       </c>
     </row>
     <row r="333" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A333" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
     </row>
     <row r="334" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A334" s="1" t="s">
-        <v>198</v>
+        <v>66</v>
       </c>
     </row>
     <row r="335" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A335" s="1" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="336" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A336" s="1" t="s">
-        <v>67</v>
+        <v>198</v>
       </c>
     </row>
     <row r="337" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A337" s="1" t="s">
-        <v>68</v>
+        <v>199</v>
       </c>
     </row>
     <row r="338" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A338" s="1" t="s">
-        <v>315</v>
+        <v>67</v>
       </c>
     </row>
     <row r="339" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A339" s="1" t="s">
-        <v>406</v>
+        <v>68</v>
       </c>
     </row>
     <row r="340" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A340" s="1" t="s">
-        <v>470</v>
+        <v>315</v>
       </c>
     </row>
     <row r="341" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A341" s="1" t="s">
-        <v>316</v>
+        <v>406</v>
       </c>
     </row>
     <row r="342" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A342" s="1" t="s">
-        <v>69</v>
+        <v>470</v>
       </c>
     </row>
     <row r="343" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A343" s="1" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
     </row>
     <row r="344" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A344" s="1" t="s">
-        <v>318</v>
+        <v>69</v>
       </c>
     </row>
     <row r="345" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A345" s="1" t="s">
-        <v>200</v>
+        <v>317</v>
       </c>
     </row>
     <row r="346" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A346" s="1" t="s">
-        <v>201</v>
+        <v>318</v>
       </c>
     </row>
     <row r="347" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A347" s="1" t="s">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A348" s="1" t="s">
-        <v>71</v>
+        <v>201</v>
       </c>
     </row>
     <row r="349" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A349" s="1" t="s">
-        <v>202</v>
+        <v>70</v>
       </c>
     </row>
     <row r="350" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A350" s="1" t="s">
-        <v>467</v>
+        <v>71</v>
       </c>
     </row>
     <row r="351" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A351" s="1" t="s">
-        <v>436</v>
+        <v>202</v>
       </c>
     </row>
     <row r="352" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A352" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
     </row>
     <row r="353" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A353" s="1" t="s">
-        <v>319</v>
+        <v>436</v>
       </c>
     </row>
     <row r="354" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A354" s="1" t="s">
-        <v>320</v>
+        <v>465</v>
       </c>
     </row>
     <row r="355" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A355" s="1" t="s">
-        <v>72</v>
+        <v>319</v>
       </c>
     </row>
     <row r="356" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A356" s="1" t="s">
-        <v>203</v>
+        <v>320</v>
       </c>
     </row>
     <row r="357" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A357" s="1" t="s">
-        <v>204</v>
+        <v>72</v>
       </c>
     </row>
     <row r="358" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A358" s="1" t="s">
-        <v>73</v>
+        <v>203</v>
       </c>
     </row>
     <row r="359" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A359" s="1" t="s">
-        <v>74</v>
+        <v>204</v>
       </c>
     </row>
     <row r="360" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A360" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="361" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A361" s="1" t="s">
-        <v>321</v>
+        <v>74</v>
       </c>
     </row>
     <row r="362" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A362" s="3" t="s">
-        <v>359</v>
+      <c r="A362" s="1" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="363" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A363" s="1" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
     </row>
     <row r="364" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A364" s="1" t="s">
-        <v>464</v>
+      <c r="A364" s="3" t="s">
+        <v>359</v>
       </c>
     </row>
     <row r="365" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A365" s="1" t="s">
-        <v>76</v>
+        <v>322</v>
       </c>
     </row>
     <row r="366" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A366" s="1" t="s">
-        <v>205</v>
+        <v>464</v>
       </c>
     </row>
     <row r="367" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A367" s="1" t="s">
-        <v>206</v>
+        <v>76</v>
       </c>
     </row>
     <row r="368" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A368" s="1" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
     </row>
     <row r="369" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A369" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
     </row>
     <row r="370" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A370" s="1" t="s">
-        <v>450</v>
+        <v>207</v>
       </c>
     </row>
     <row r="371" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A371" s="1" t="s">
-        <v>323</v>
+        <v>208</v>
       </c>
     </row>
     <row r="372" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A372" s="1" t="s">
-        <v>324</v>
+        <v>450</v>
       </c>
     </row>
     <row r="373" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A373" s="1" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
     </row>
     <row r="374" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A374" s="1" t="s">
-        <v>433</v>
+        <v>324</v>
       </c>
     </row>
     <row r="375" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A375" s="1" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="376" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A376" s="1" t="s">
-        <v>77</v>
+        <v>433</v>
       </c>
     </row>
     <row r="377" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A377" s="1" t="s">
-        <v>434</v>
+        <v>326</v>
       </c>
     </row>
     <row r="378" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A378" s="1" t="s">
-        <v>209</v>
+        <v>77</v>
       </c>
     </row>
     <row r="379" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A379" s="1" t="s">
-        <v>78</v>
+        <v>434</v>
       </c>
     </row>
     <row r="380" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A380" s="1" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
     </row>
     <row r="381" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A381" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="382" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A382" s="1" t="s">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="383" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A383" s="1" t="s">
-        <v>327</v>
+        <v>79</v>
       </c>
     </row>
     <row r="384" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A384" s="1" t="s">
-        <v>328</v>
+        <v>80</v>
       </c>
     </row>
     <row r="385" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A385" s="1" t="s">
-        <v>81</v>
+        <v>327</v>
       </c>
     </row>
     <row r="386" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A386" s="1" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
     </row>
     <row r="387" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A387" s="1" t="s">
-        <v>211</v>
+        <v>81</v>
       </c>
     </row>
     <row r="388" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A388" s="1" t="s">
-        <v>82</v>
+        <v>329</v>
       </c>
     </row>
     <row r="389" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A389" s="1" t="s">
-        <v>440</v>
+        <v>211</v>
       </c>
     </row>
     <row r="390" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A390" s="1" t="s">
-        <v>410</v>
+        <v>82</v>
       </c>
     </row>
     <row r="391" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A391" s="1" t="s">
-        <v>330</v>
+        <v>440</v>
       </c>
     </row>
     <row r="392" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A392" s="1" t="s">
-        <v>83</v>
+        <v>410</v>
       </c>
     </row>
     <row r="393" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A393" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
     <row r="394" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A394" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="395" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A395" s="1" t="s">
-        <v>85</v>
+        <v>331</v>
       </c>
     </row>
     <row r="396" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A396" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="397" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A397" s="1" t="s">
-        <v>332</v>
+        <v>85</v>
       </c>
     </row>
     <row r="398" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A398" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="399" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A399" s="1" t="s">
-        <v>444</v>
+        <v>332</v>
       </c>
     </row>
     <row r="400" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A400" s="1" t="s">
-        <v>212</v>
+        <v>87</v>
       </c>
     </row>
     <row r="401" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A401" s="1" t="s">
-        <v>333</v>
+        <v>444</v>
       </c>
     </row>
     <row r="402" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A402" s="1" t="s">
-        <v>88</v>
+        <v>212</v>
       </c>
     </row>
     <row r="403" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A403" s="1" t="s">
-        <v>89</v>
+        <v>333</v>
       </c>
     </row>
     <row r="404" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A404" s="1" t="s">
-        <v>334</v>
+        <v>88</v>
       </c>
     </row>
     <row r="405" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A405" s="1" t="s">
-        <v>335</v>
+        <v>89</v>
       </c>
     </row>
     <row r="406" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A406" s="1" t="s">
-        <v>90</v>
+        <v>334</v>
       </c>
     </row>
     <row r="407" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A407" s="1" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="408" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A408" s="1" t="s">
-        <v>337</v>
+        <v>90</v>
       </c>
     </row>
     <row r="409" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A409" s="3" t="s">
-        <v>358</v>
+      <c r="A409" s="1" t="s">
+        <v>336</v>
       </c>
     </row>
     <row r="410" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A410" s="1" t="s">
-        <v>213</v>
+        <v>337</v>
       </c>
     </row>
     <row r="411" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A411" s="1" t="s">
-        <v>214</v>
+      <c r="A411" s="3" t="s">
+        <v>358</v>
       </c>
     </row>
     <row r="412" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A412" s="1" t="s">
-        <v>91</v>
+        <v>213</v>
       </c>
     </row>
     <row r="413" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A413" s="1" t="s">
-        <v>92</v>
+        <v>214</v>
       </c>
     </row>
     <row r="414" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A414" s="1" t="s">
-        <v>404</v>
+        <v>91</v>
       </c>
     </row>
     <row r="415" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A415" s="1" t="s">
-        <v>215</v>
+        <v>92</v>
       </c>
     </row>
     <row r="416" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A416" s="1" t="s">
-        <v>216</v>
+        <v>404</v>
       </c>
     </row>
     <row r="417" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A417" s="1" t="s">
-        <v>93</v>
+        <v>215</v>
       </c>
     </row>
     <row r="418" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A418" s="1" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="419" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A419" s="1" t="s">
-        <v>218</v>
+        <v>93</v>
       </c>
     </row>
     <row r="420" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A420" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="421" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A421" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="422" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A422" s="1" t="s">
-        <v>94</v>
+        <v>219</v>
       </c>
     </row>
     <row r="423" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A423" s="1" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="424" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A424" s="1" t="s">
-        <v>222</v>
+        <v>94</v>
       </c>
     </row>
     <row r="425" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A425" s="1" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
     </row>
     <row r="426" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A426" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="427" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A427" s="1" t="s">
-        <v>95</v>
+        <v>223</v>
       </c>
     </row>
     <row r="428" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A428" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="429" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A429" s="1" t="s">
-        <v>226</v>
+        <v>95</v>
       </c>
     </row>
     <row r="430" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A430" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
     </row>
     <row r="431" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A431" s="1" t="s">
-        <v>338</v>
+        <v>226</v>
       </c>
     </row>
     <row r="432" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A432" s="3" t="s">
-        <v>339</v>
+      <c r="A432" s="1" t="s">
+        <v>227</v>
       </c>
     </row>
     <row r="433" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A433" s="1" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
     </row>
     <row r="434" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A434" s="1" t="s">
-        <v>341</v>
+      <c r="A434" s="3" t="s">
+        <v>339</v>
       </c>
     </row>
     <row r="435" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A435" s="1" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
     </row>
     <row r="436" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A436" s="1" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
     </row>
     <row r="437" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A437" s="1" t="s">
-        <v>228</v>
+        <v>342</v>
       </c>
     </row>
     <row r="438" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A438" s="1" t="s">
-        <v>229</v>
+        <v>343</v>
       </c>
     </row>
     <row r="439" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A439" s="1" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
     </row>
     <row r="440" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A440" s="1" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
     </row>
     <row r="441" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A441" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
     </row>
     <row r="442" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A442" s="1" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
     </row>
     <row r="443" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A443" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
     </row>
     <row r="444" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A444" s="1" t="s">
-        <v>96</v>
+        <v>233</v>
       </c>
     </row>
     <row r="445" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A445" s="1" t="s">
-        <v>97</v>
+        <v>234</v>
       </c>
     </row>
     <row r="446" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A446" s="1" t="s">
-        <v>235</v>
+        <v>96</v>
       </c>
     </row>
     <row r="447" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A447" s="1" t="s">
-        <v>344</v>
+        <v>97</v>
       </c>
     </row>
     <row r="448" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A448" s="1" t="s">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="449" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A449" s="1" t="s">
-        <v>98</v>
+        <v>344</v>
       </c>
     </row>
     <row r="450" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A450" s="1" t="s">
-        <v>99</v>
+        <v>345</v>
       </c>
     </row>
     <row r="451" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A451" s="1" t="s">
-        <v>346</v>
+        <v>98</v>
       </c>
     </row>
     <row r="452" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A452" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="453" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A453" s="1" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="454" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A454" s="1" t="s">
-        <v>348</v>
+        <v>100</v>
       </c>
     </row>
     <row r="455" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A455" s="1" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
     </row>
     <row r="456" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A456" s="1" t="s">
-        <v>236</v>
+        <v>348</v>
       </c>
     </row>
     <row r="457" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A457" s="1" t="s">
-        <v>237</v>
+        <v>349</v>
       </c>
     </row>
     <row r="458" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A458" s="1" t="s">
-        <v>350</v>
+        <v>236</v>
       </c>
     </row>
     <row r="459" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A459" s="4" t="s">
-        <v>372</v>
+      <c r="A459" s="1" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="460" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A460" s="1" t="s">
-        <v>101</v>
+        <v>350</v>
       </c>
     </row>
     <row r="461" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A461" s="1" t="s">
-        <v>102</v>
+      <c r="A461" s="4" t="s">
+        <v>372</v>
       </c>
     </row>
     <row r="462" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A462" s="1" t="s">
-        <v>405</v>
+        <v>101</v>
       </c>
     </row>
     <row r="463" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A463" s="1" t="s">
-        <v>351</v>
+        <v>102</v>
       </c>
     </row>
     <row r="464" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A464" s="1" t="s">
-        <v>442</v>
+        <v>405</v>
       </c>
     </row>
     <row r="465" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A465" s="1" t="s">
-        <v>238</v>
+        <v>351</v>
       </c>
     </row>
     <row r="466" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A466" s="1" t="s">
-        <v>239</v>
+        <v>442</v>
       </c>
     </row>
     <row r="467" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A467" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
     </row>
     <row r="468" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A468" s="1" t="s">
-        <v>352</v>
+        <v>239</v>
       </c>
     </row>
     <row r="469" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A469" s="1" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
     </row>
     <row r="470" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A470" s="1" t="s">
-        <v>242</v>
+        <v>352</v>
       </c>
     </row>
     <row r="471" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A471" s="1" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
     </row>
     <row r="472" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A472" s="1" t="s">
-        <v>387</v>
+        <v>242</v>
       </c>
     </row>
     <row r="473" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A473" s="1" t="s">
-        <v>103</v>
+        <v>243</v>
       </c>
     </row>
     <row r="474" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A474" s="1" t="s">
-        <v>353</v>
+        <v>387</v>
       </c>
     </row>
     <row r="475" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A475" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="476" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A476" s="1" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
     </row>
     <row r="477" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A477" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="478" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A478" s="1" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="479" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A479" s="1" t="s">
         <v>421</v>
-      </c>
-[...3 lines deleted...]
-        <v>475</v>
       </c>
     </row>
   </sheetData>
   <sortState ref="A2:A404">
     <sortCondition ref="A2"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
@@ -4320,29 +4328,29 @@
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FNMT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrador</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="BExAnalyzer_OldName">
-    <vt:lpwstr>FNMT (11).xlsx</vt:lpwstr>
+    <vt:lpwstr>FNMT (12).xlsx</vt:lpwstr>
   </property>
 </Properties>
 </file>