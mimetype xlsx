--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -3,70 +3,70 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\msolerh\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\msolerh\Desktop\FNMT febrero 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28770" windowHeight="11250"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="26325" windowHeight="11475"/>
   </bookViews>
   <sheets>
     <sheet name="FNMT" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="479" uniqueCount="478">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="482" uniqueCount="481">
   <si>
     <t>Abizanda</t>
   </si>
   <si>
     <t>Albero Bajo</t>
   </si>
   <si>
     <t>Alcalá de Gurrea</t>
   </si>
   <si>
     <t>Alcolea de Cinca</t>
   </si>
   <si>
     <t>Alerre</t>
   </si>
   <si>
     <t>Almudévar</t>
   </si>
   <si>
     <t>Almunia de San Juan</t>
   </si>
   <si>
     <t>Almuniente</t>
   </si>
   <si>
@@ -1452,54 +1452,63 @@
   <si>
     <t>Castejón de Valdejasa</t>
   </si>
   <si>
     <t>Instituto Aragonés del Agua</t>
   </si>
   <si>
     <t>Piedratajada</t>
   </si>
   <si>
     <t>Castelnou</t>
   </si>
   <si>
     <t>María de Huerva</t>
   </si>
   <si>
     <t>Nigüella</t>
   </si>
   <si>
     <t>Mesones de Isuela</t>
   </si>
   <si>
     <t>Albalate de Cinca</t>
   </si>
   <si>
-    <t>Entidades adheridas al Convenio FNMT - 25/11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Pedrola</t>
+  </si>
+  <si>
+    <t>Entidades adheridas al Convenio FNMT - 28/11/2025</t>
+  </si>
+  <si>
+    <t>Cariñena</t>
+  </si>
+  <si>
+    <t>Buste (El)</t>
+  </si>
+  <si>
+    <t>Frescano</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00&quot; &quot;[$€-C0A];[Red]&quot;-&quot;#,##0.00&quot; &quot;[$€-C0A]"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1872,64 +1881,64 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:A479"/>
+  <dimension ref="A1:A482"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A200" workbookViewId="0">
-      <selection activeCell="D493" sqref="D493"/>
+    <sheetView tabSelected="1" topLeftCell="A178" workbookViewId="0">
+      <selection activeCell="F203" sqref="F203"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="63.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>245</v>
@@ -2370,1955 +2379,1970 @@
         <v>132</v>
       </c>
     </row>
     <row r="94" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="95" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A95" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="96" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A96" s="1" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="97" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A97" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="98" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A98" s="1" t="s">
-        <v>272</v>
+        <v>479</v>
       </c>
     </row>
     <row r="99" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
-        <v>426</v>
+        <v>272</v>
       </c>
     </row>
     <row r="100" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A100" s="1" t="s">
-        <v>134</v>
+        <v>426</v>
       </c>
     </row>
     <row r="101" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A101" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="102" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A102" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="103" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A103" s="1" t="s">
-        <v>273</v>
+        <v>136</v>
       </c>
     </row>
     <row r="104" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A104" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="105" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A105" s="1" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="106" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A106" s="1" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="106" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A106" s="5" t="s">
+    <row r="107" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A107" s="5" t="s">
         <v>137</v>
-      </c>
-[...3 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="108" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A108" s="1" t="s">
-        <v>422</v>
+        <v>138</v>
       </c>
     </row>
     <row r="109" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A109" s="1" t="s">
-        <v>139</v>
+        <v>422</v>
       </c>
     </row>
     <row r="110" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A110" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="111" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A111" s="1" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A112" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="113" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A113" s="1" t="s">
-        <v>446</v>
+        <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A114" s="1" t="s">
-        <v>29</v>
+        <v>446</v>
       </c>
     </row>
     <row r="115" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A115" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="116" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A116" s="1" t="s">
         <v>448</v>
-      </c>
-[...3 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="117" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A117" s="1" t="s">
-        <v>30</v>
+        <v>478</v>
       </c>
     </row>
     <row r="118" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A118" s="1" t="s">
-        <v>141</v>
+      <c r="A118" s="3" t="s">
+        <v>360</v>
       </c>
     </row>
     <row r="119" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A119" s="1" t="s">
-        <v>449</v>
+        <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A120" s="1" t="s">
-        <v>31</v>
+        <v>141</v>
       </c>
     </row>
     <row r="121" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A121" s="1" t="s">
-        <v>142</v>
+        <v>449</v>
       </c>
     </row>
     <row r="122" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A122" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="123" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A123" s="1" t="s">
-        <v>468</v>
+        <v>142</v>
       </c>
     </row>
     <row r="124" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A124" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
     </row>
     <row r="126" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A126" s="1" t="s">
-        <v>427</v>
+        <v>143</v>
       </c>
     </row>
     <row r="127" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A127" s="1" t="s">
-        <v>144</v>
+        <v>471</v>
       </c>
     </row>
     <row r="128" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A128" s="1" t="s">
-        <v>33</v>
+        <v>427</v>
       </c>
     </row>
     <row r="129" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A129" s="1" t="s">
-        <v>34</v>
+        <v>144</v>
       </c>
     </row>
     <row r="130" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A130" s="1" t="s">
-        <v>275</v>
+        <v>33</v>
       </c>
     </row>
     <row r="131" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A131" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="132" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A132" s="1" t="s">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="133" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A133" s="1" t="s">
-        <v>146</v>
+        <v>35</v>
       </c>
     </row>
     <row r="134" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A134" s="1" t="s">
-        <v>36</v>
+        <v>145</v>
       </c>
     </row>
     <row r="135" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A135" s="1" t="s">
-        <v>37</v>
+        <v>146</v>
       </c>
     </row>
     <row r="136" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A136" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="137" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A137" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="138" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A138" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="137" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A137" s="5" t="s">
+    <row r="139" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A139" s="5" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="138" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A138" s="8" t="s">
+    <row r="140" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A140" s="8" t="s">
         <v>432</v>
-      </c>
-[...8 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="141" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A141" s="1" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="142" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A142" s="1" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="143" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A143" s="1" t="s">
         <v>413</v>
       </c>
     </row>
-    <row r="142" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A142" s="4" t="s">
+    <row r="144" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
         <v>374</v>
-      </c>
-[...8 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="145" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
     </row>
     <row r="146" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A146" s="6" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
     </row>
     <row r="147" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
     </row>
     <row r="148" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A148" s="3" t="s">
-        <v>369</v>
+      <c r="A148" s="6" t="s">
+        <v>414</v>
       </c>
     </row>
     <row r="149" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="150" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A150" s="4" t="s">
-        <v>380</v>
+      <c r="A150" s="3" t="s">
+        <v>369</v>
       </c>
     </row>
     <row r="151" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>388</v>
+        <v>377</v>
       </c>
     </row>
     <row r="152" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A152" s="3" t="s">
-        <v>383</v>
+      <c r="A152" s="4" t="s">
+        <v>380</v>
       </c>
     </row>
     <row r="153" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
     </row>
     <row r="154" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A154" s="4" t="s">
-        <v>389</v>
+      <c r="A154" s="3" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="155" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="156" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A156" s="4" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="157" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A157" s="4" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="156" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A156" s="6" t="s">
+    <row r="158" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A158" s="6" t="s">
         <v>391</v>
-      </c>
-[...8 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="159" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
     </row>
     <row r="160" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>398</v>
+        <v>378</v>
       </c>
     </row>
     <row r="161" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>370</v>
+        <v>361</v>
       </c>
     </row>
     <row r="162" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="163" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A163" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="164" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A164" s="4" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="163" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A163" s="4" t="s">
+    <row r="165" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A165" s="4" t="s">
         <v>397</v>
-      </c>
-[...8 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="166" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="167" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A167" s="2" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="168" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A168" s="3" t="s">
         <v>366</v>
       </c>
     </row>
-    <row r="167" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A167" s="3" t="s">
+    <row r="169" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A169" s="3" t="s">
         <v>357</v>
-      </c>
-[...8 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="170" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A170" s="1" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
     </row>
     <row r="171" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A171" s="1" t="s">
-        <v>150</v>
+      <c r="A171" s="4" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="172" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A172" s="1" t="s">
-        <v>423</v>
+        <v>149</v>
       </c>
     </row>
     <row r="173" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A173" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A174" s="1" t="s">
-        <v>152</v>
+        <v>423</v>
       </c>
     </row>
     <row r="175" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A175" s="1" t="s">
-        <v>277</v>
+        <v>151</v>
       </c>
     </row>
     <row r="176" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A176" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="177" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A177" s="1" t="s">
-        <v>154</v>
+        <v>277</v>
       </c>
     </row>
     <row r="178" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A178" s="1" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="179" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A179" s="1" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="180" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A180" s="1" t="s">
         <v>278</v>
-      </c>
-[...8 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="181" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="182" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A182" s="4" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="183" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A183" s="4" t="s">
         <v>396</v>
       </c>
     </row>
-    <row r="182" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A182" s="1" t="s">
+    <row r="184" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A184" s="1" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="183" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A183" s="1" t="s">
+    <row r="185" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A185" s="1" t="s">
         <v>155</v>
-      </c>
-[...8 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="186" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
     </row>
     <row r="187" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A187" s="3" t="s">
-        <v>455</v>
+      <c r="A187" s="4" t="s">
+        <v>373</v>
       </c>
     </row>
     <row r="188" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>463</v>
+        <v>365</v>
       </c>
     </row>
     <row r="189" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A189" s="4" t="s">
-        <v>390</v>
+      <c r="A189" s="3" t="s">
+        <v>455</v>
       </c>
     </row>
     <row r="190" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="191" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A191" s="4" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="192" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A192" s="3" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="191" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A191" s="3" t="s">
+    <row r="193" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A193" s="3" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="192" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A192" s="4" t="s">
+    <row r="194" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A194" s="4" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="193" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A193" s="2" t="s">
+    <row r="195" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A195" s="2" t="s">
         <v>401</v>
-      </c>
-[...8 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="196" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A196" s="1" t="s">
-        <v>409</v>
+        <v>280</v>
       </c>
     </row>
     <row r="197" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A197" s="1" t="s">
-        <v>156</v>
+        <v>407</v>
       </c>
     </row>
     <row r="198" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A198" s="1" t="s">
-        <v>40</v>
+        <v>409</v>
       </c>
     </row>
     <row r="199" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A199" s="1" t="s">
-        <v>437</v>
+        <v>156</v>
       </c>
     </row>
     <row r="200" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A200" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="201" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A201" s="1" t="s">
-        <v>157</v>
+        <v>437</v>
       </c>
     </row>
     <row r="202" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A202" s="1" t="s">
-        <v>158</v>
+        <v>41</v>
       </c>
     </row>
     <row r="203" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A203" s="1" t="s">
-        <v>452</v>
+        <v>157</v>
       </c>
     </row>
     <row r="204" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A204" s="1" t="s">
-        <v>42</v>
+        <v>158</v>
       </c>
     </row>
     <row r="205" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A205" s="1" t="s">
-        <v>281</v>
+        <v>452</v>
       </c>
     </row>
     <row r="206" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A206" s="1" t="s">
-        <v>159</v>
+        <v>42</v>
       </c>
     </row>
     <row r="207" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A207" s="1" t="s">
-        <v>415</v>
+        <v>281</v>
       </c>
     </row>
     <row r="208" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A208" s="1" t="s">
-        <v>430</v>
+        <v>159</v>
       </c>
     </row>
     <row r="209" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A209" s="1" t="s">
-        <v>160</v>
+        <v>415</v>
       </c>
     </row>
     <row r="210" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A210" s="1" t="s">
-        <v>43</v>
+        <v>430</v>
       </c>
     </row>
     <row r="211" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A211" s="1" t="s">
-        <v>451</v>
+        <v>160</v>
       </c>
     </row>
     <row r="212" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A212" s="1" t="s">
-        <v>161</v>
+        <v>43</v>
       </c>
     </row>
     <row r="213" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A213" s="1" t="s">
-        <v>162</v>
+        <v>451</v>
       </c>
     </row>
     <row r="214" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A214" s="1" t="s">
-        <v>163</v>
+        <v>480</v>
       </c>
     </row>
     <row r="215" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A215" s="1" t="s">
-        <v>282</v>
+        <v>161</v>
       </c>
     </row>
     <row r="216" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A216" s="1" t="s">
-        <v>454</v>
+        <v>162</v>
       </c>
     </row>
     <row r="217" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A217" s="1" t="s">
-        <v>283</v>
+        <v>163</v>
       </c>
     </row>
     <row r="218" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A218" s="1" t="s">
-        <v>445</v>
+        <v>282</v>
       </c>
     </row>
     <row r="219" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A219" s="1" t="s">
-        <v>164</v>
+        <v>454</v>
       </c>
     </row>
     <row r="220" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A220" s="1" t="s">
-        <v>165</v>
+        <v>283</v>
       </c>
     </row>
     <row r="221" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A221" s="1" t="s">
-        <v>284</v>
+        <v>445</v>
       </c>
     </row>
     <row r="222" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A222" s="1" t="s">
-        <v>44</v>
+        <v>164</v>
       </c>
     </row>
     <row r="223" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A223" s="1" t="s">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="224" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A224" s="1" t="s">
-        <v>166</v>
+        <v>284</v>
       </c>
     </row>
     <row r="225" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A225" s="1" t="s">
-        <v>285</v>
+        <v>44</v>
       </c>
     </row>
     <row r="226" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A226" s="1" t="s">
-        <v>167</v>
+        <v>45</v>
       </c>
     </row>
     <row r="227" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A227" s="1" t="s">
-        <v>419</v>
+        <v>166</v>
       </c>
     </row>
     <row r="228" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A228" s="1" t="s">
-        <v>46</v>
+        <v>285</v>
       </c>
     </row>
     <row r="229" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A229" s="1" t="s">
-        <v>420</v>
+        <v>167</v>
       </c>
     </row>
     <row r="230" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A230" s="1" t="s">
-        <v>168</v>
+        <v>419</v>
       </c>
     </row>
     <row r="231" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A231" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="232" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A232" s="1" t="s">
-        <v>169</v>
+        <v>420</v>
       </c>
     </row>
     <row r="233" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A233" s="1" t="s">
-        <v>48</v>
+        <v>168</v>
       </c>
     </row>
     <row r="234" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A234" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="235" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A235" s="1" t="s">
-        <v>286</v>
+        <v>169</v>
       </c>
     </row>
     <row r="236" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A236" s="1" t="s">
-        <v>469</v>
+        <v>48</v>
       </c>
     </row>
     <row r="237" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A237" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="238" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A238" s="1" t="s">
-        <v>416</v>
+        <v>286</v>
       </c>
     </row>
     <row r="239" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A239" s="1" t="s">
-        <v>170</v>
+        <v>469</v>
       </c>
     </row>
     <row r="240" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A240" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="241" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A241" s="1" t="s">
-        <v>287</v>
+        <v>416</v>
       </c>
     </row>
     <row r="242" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A242" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="243" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A243" s="1" t="s">
-        <v>355</v>
+        <v>51</v>
       </c>
     </row>
     <row r="244" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A244" s="1" t="s">
-        <v>172</v>
+        <v>287</v>
       </c>
     </row>
     <row r="245" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A245" s="1" t="s">
-        <v>288</v>
+        <v>171</v>
       </c>
     </row>
     <row r="246" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A246" s="1" t="s">
-        <v>289</v>
+        <v>355</v>
       </c>
     </row>
     <row r="247" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A247" s="1" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
     </row>
     <row r="248" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A248" s="1" t="s">
-        <v>52</v>
+        <v>288</v>
       </c>
     </row>
     <row r="249" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A249" s="1" t="s">
-        <v>53</v>
+        <v>289</v>
       </c>
     </row>
     <row r="250" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A250" s="1" t="s">
-        <v>54</v>
+        <v>173</v>
       </c>
     </row>
     <row r="251" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A251" s="1" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
     </row>
     <row r="252" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A252" s="1" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
     </row>
     <row r="253" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A253" s="1" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="254" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A254" s="1" t="s">
-        <v>290</v>
+        <v>55</v>
       </c>
     </row>
     <row r="255" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A255" s="1" t="s">
-        <v>291</v>
+        <v>56</v>
       </c>
     </row>
     <row r="256" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A256" s="1" t="s">
-        <v>292</v>
+        <v>57</v>
       </c>
     </row>
     <row r="257" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A257" s="1" t="s">
-        <v>428</v>
+        <v>290</v>
       </c>
     </row>
     <row r="258" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A258" s="1" t="s">
-        <v>58</v>
+        <v>291</v>
       </c>
     </row>
     <row r="259" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A259" s="1" t="s">
-        <v>174</v>
+        <v>292</v>
       </c>
     </row>
     <row r="260" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A260" s="1" t="s">
-        <v>293</v>
+        <v>428</v>
       </c>
     </row>
     <row r="261" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A261" s="1" t="s">
-        <v>294</v>
+        <v>58</v>
       </c>
     </row>
     <row r="262" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A262" s="1" t="s">
-        <v>295</v>
+        <v>174</v>
       </c>
     </row>
     <row r="263" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A263" s="1" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="264" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A264" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
     </row>
     <row r="265" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A265" s="1" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="266" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A266" s="1" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="267" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A267" s="1" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="268" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A268" s="1" t="s">
         <v>298</v>
-      </c>
-[...13 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="269" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>392</v>
+        <v>356</v>
       </c>
     </row>
     <row r="270" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A270" s="4" t="s">
-        <v>400</v>
+      <c r="A270" s="3" t="s">
+        <v>462</v>
       </c>
     </row>
     <row r="271" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A271" s="2" t="s">
-        <v>399</v>
+      <c r="A271" s="4" t="s">
+        <v>384</v>
       </c>
     </row>
     <row r="272" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>363</v>
+        <v>392</v>
       </c>
     </row>
     <row r="273" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="274" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A274" s="2" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="275" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A275" s="3" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="276" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A276" s="4" t="s">
         <v>385</v>
-      </c>
-[...13 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="277" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A277" s="6" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="278" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A278" s="6" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="279" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A279" s="6" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="280" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A280" s="6" t="s">
         <v>460</v>
-      </c>
-[...13 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="281" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A281" s="1" t="s">
-        <v>474</v>
+        <v>175</v>
       </c>
     </row>
     <row r="282" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A282" s="1" t="s">
-        <v>300</v>
+        <v>176</v>
       </c>
     </row>
     <row r="283" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A283" s="1" t="s">
-        <v>177</v>
+        <v>299</v>
       </c>
     </row>
     <row r="284" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A284" s="1" t="s">
-        <v>443</v>
+        <v>474</v>
       </c>
     </row>
     <row r="285" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A285" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A286" s="1" t="s">
-        <v>425</v>
+        <v>177</v>
       </c>
     </row>
     <row r="287" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A287" s="1" t="s">
-        <v>178</v>
+        <v>443</v>
       </c>
     </row>
     <row r="288" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A288" s="1" t="s">
-        <v>179</v>
+        <v>301</v>
       </c>
     </row>
     <row r="289" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A289" s="1" t="s">
-        <v>302</v>
+        <v>425</v>
       </c>
     </row>
     <row r="290" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A290" s="1" t="s">
-        <v>59</v>
+        <v>178</v>
       </c>
     </row>
     <row r="291" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A291" s="1" t="s">
-        <v>60</v>
+        <v>179</v>
       </c>
     </row>
     <row r="292" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A292" s="1" t="s">
-        <v>180</v>
+        <v>302</v>
       </c>
     </row>
     <row r="293" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A293" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="294" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
-        <v>181</v>
+        <v>60</v>
       </c>
     </row>
     <row r="295" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A295" s="1" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
     <row r="296" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A296" s="1" t="s">
-        <v>303</v>
+        <v>61</v>
       </c>
     </row>
     <row r="297" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A297" s="1" t="s">
-        <v>62</v>
+        <v>181</v>
       </c>
     </row>
     <row r="298" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A298" s="1" t="s">
-        <v>459</v>
+        <v>182</v>
       </c>
     </row>
     <row r="299" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A299" s="1" t="s">
-        <v>183</v>
+        <v>303</v>
       </c>
     </row>
     <row r="300" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A300" s="1" t="s">
-        <v>457</v>
+        <v>62</v>
       </c>
     </row>
     <row r="301" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A301" s="1" t="s">
-        <v>184</v>
+        <v>459</v>
       </c>
     </row>
     <row r="302" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A302" s="1" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="303" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A303" s="1" t="s">
-        <v>438</v>
+        <v>457</v>
       </c>
     </row>
     <row r="304" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A304" s="1" t="s">
-        <v>304</v>
+        <v>184</v>
       </c>
     </row>
     <row r="305" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A305" s="1" t="s">
-        <v>305</v>
+        <v>185</v>
       </c>
     </row>
     <row r="306" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A306" s="1" t="s">
-        <v>306</v>
+        <v>438</v>
       </c>
     </row>
     <row r="307" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A307" s="1" t="s">
-        <v>186</v>
+        <v>304</v>
       </c>
     </row>
     <row r="308" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A308" s="1" t="s">
-        <v>63</v>
+        <v>305</v>
       </c>
     </row>
     <row r="309" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A309" s="1" t="s">
-        <v>417</v>
+        <v>306</v>
       </c>
     </row>
     <row r="310" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A310" s="1" t="s">
-        <v>473</v>
+        <v>186</v>
       </c>
     </row>
     <row r="311" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A311" s="1" t="s">
-        <v>187</v>
+        <v>63</v>
       </c>
     </row>
     <row r="312" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A312" s="1" t="s">
-        <v>307</v>
+        <v>417</v>
       </c>
     </row>
     <row r="313" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A313" s="1" t="s">
-        <v>308</v>
+        <v>473</v>
       </c>
     </row>
     <row r="314" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A314" s="1" t="s">
-        <v>309</v>
+        <v>187</v>
       </c>
     </row>
     <row r="315" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A315" s="1" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
     </row>
     <row r="316" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A316" s="1" t="s">
-        <v>188</v>
+        <v>308</v>
       </c>
     </row>
     <row r="317" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A317" s="1" t="s">
-        <v>189</v>
+        <v>309</v>
       </c>
     </row>
     <row r="318" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A318" s="1" t="s">
-        <v>435</v>
+        <v>310</v>
       </c>
     </row>
     <row r="319" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A319" s="1" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="320" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A320" s="1" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
     </row>
     <row r="321" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A321" s="1" t="s">
-        <v>311</v>
+        <v>435</v>
       </c>
     </row>
     <row r="322" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A322" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="323" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A323" s="1" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
     </row>
     <row r="324" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A324" s="1" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="325" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A325" s="1" t="s">
-        <v>64</v>
+        <v>192</v>
       </c>
     </row>
     <row r="326" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A326" s="1" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="327" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A327" s="1" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
     </row>
     <row r="328" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A328" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="329" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A329" s="1" t="s">
-        <v>403</v>
+        <v>194</v>
       </c>
     </row>
     <row r="330" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A330" s="1" t="s">
-        <v>195</v>
+        <v>313</v>
       </c>
     </row>
     <row r="331" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A331" s="1" t="s">
-        <v>314</v>
+        <v>65</v>
       </c>
     </row>
     <row r="332" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A332" s="1" t="s">
-        <v>477</v>
+        <v>403</v>
       </c>
     </row>
     <row r="333" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A333" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="334" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A334" s="1" t="s">
-        <v>66</v>
+        <v>314</v>
       </c>
     </row>
     <row r="335" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A335" s="1" t="s">
-        <v>197</v>
+        <v>476</v>
       </c>
     </row>
     <row r="336" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A336" s="1" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="337" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A337" s="1" t="s">
-        <v>199</v>
+        <v>66</v>
       </c>
     </row>
     <row r="338" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A338" s="1" t="s">
-        <v>67</v>
+        <v>197</v>
       </c>
     </row>
     <row r="339" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A339" s="1" t="s">
-        <v>68</v>
+        <v>198</v>
       </c>
     </row>
     <row r="340" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A340" s="1" t="s">
-        <v>315</v>
+        <v>199</v>
       </c>
     </row>
     <row r="341" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A341" s="1" t="s">
-        <v>406</v>
+        <v>67</v>
       </c>
     </row>
     <row r="342" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A342" s="1" t="s">
-        <v>470</v>
+        <v>68</v>
       </c>
     </row>
     <row r="343" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A343" s="1" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
     <row r="344" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A344" s="1" t="s">
-        <v>69</v>
+        <v>406</v>
       </c>
     </row>
     <row r="345" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A345" s="1" t="s">
-        <v>317</v>
+        <v>470</v>
       </c>
     </row>
     <row r="346" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A346" s="1" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
     </row>
     <row r="347" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A347" s="1" t="s">
-        <v>200</v>
+        <v>69</v>
       </c>
     </row>
     <row r="348" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A348" s="1" t="s">
-        <v>201</v>
+        <v>317</v>
       </c>
     </row>
     <row r="349" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A349" s="1" t="s">
-        <v>70</v>
+        <v>318</v>
       </c>
     </row>
     <row r="350" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A350" s="1" t="s">
-        <v>71</v>
+        <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A351" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="352" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A352" s="1" t="s">
-        <v>467</v>
+        <v>70</v>
       </c>
     </row>
     <row r="353" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A353" s="1" t="s">
-        <v>436</v>
+        <v>71</v>
       </c>
     </row>
     <row r="354" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A354" s="1" t="s">
-        <v>465</v>
+        <v>202</v>
       </c>
     </row>
     <row r="355" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A355" s="1" t="s">
-        <v>319</v>
+        <v>467</v>
       </c>
     </row>
     <row r="356" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A356" s="1" t="s">
-        <v>320</v>
+        <v>436</v>
       </c>
     </row>
     <row r="357" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A357" s="1" t="s">
-        <v>72</v>
+        <v>465</v>
       </c>
     </row>
     <row r="358" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A358" s="1" t="s">
-        <v>203</v>
+        <v>319</v>
       </c>
     </row>
     <row r="359" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A359" s="1" t="s">
-        <v>204</v>
+        <v>320</v>
       </c>
     </row>
     <row r="360" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A360" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="361" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A361" s="1" t="s">
-        <v>74</v>
+        <v>203</v>
       </c>
     </row>
     <row r="362" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A362" s="1" t="s">
-        <v>75</v>
+        <v>204</v>
       </c>
     </row>
     <row r="363" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A363" s="1" t="s">
-        <v>321</v>
+        <v>73</v>
       </c>
     </row>
     <row r="364" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A364" s="3" t="s">
-        <v>359</v>
+      <c r="A364" s="1" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="365" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A365" s="1" t="s">
-        <v>322</v>
+        <v>75</v>
       </c>
     </row>
     <row r="366" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A366" s="1" t="s">
-        <v>464</v>
+        <v>321</v>
       </c>
     </row>
     <row r="367" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A367" s="1" t="s">
-        <v>76</v>
+      <c r="A367" s="3" t="s">
+        <v>359</v>
       </c>
     </row>
     <row r="368" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A368" s="1" t="s">
-        <v>205</v>
+        <v>322</v>
       </c>
     </row>
     <row r="369" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A369" s="1" t="s">
-        <v>206</v>
+        <v>464</v>
       </c>
     </row>
     <row r="370" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A370" s="1" t="s">
-        <v>207</v>
+        <v>76</v>
       </c>
     </row>
     <row r="371" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A371" s="1" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
     </row>
     <row r="372" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A372" s="1" t="s">
-        <v>450</v>
+        <v>206</v>
       </c>
     </row>
     <row r="373" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A373" s="1" t="s">
-        <v>323</v>
+        <v>207</v>
       </c>
     </row>
     <row r="374" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A374" s="1" t="s">
-        <v>324</v>
+        <v>208</v>
       </c>
     </row>
     <row r="375" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A375" s="1" t="s">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="376" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A376" s="1" t="s">
-        <v>433</v>
+        <v>323</v>
       </c>
     </row>
     <row r="377" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A377" s="1" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
     </row>
     <row r="378" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A378" s="1" t="s">
-        <v>77</v>
+        <v>325</v>
       </c>
     </row>
     <row r="379" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A379" s="1" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
     </row>
     <row r="380" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A380" s="1" t="s">
-        <v>209</v>
+        <v>326</v>
       </c>
     </row>
     <row r="381" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A381" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="382" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A382" s="1" t="s">
-        <v>210</v>
+        <v>434</v>
       </c>
     </row>
     <row r="383" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A383" s="1" t="s">
-        <v>79</v>
+        <v>209</v>
       </c>
     </row>
     <row r="384" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A384" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="385" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A385" s="1" t="s">
-        <v>327</v>
+        <v>210</v>
       </c>
     </row>
     <row r="386" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A386" s="1" t="s">
-        <v>328</v>
+        <v>79</v>
       </c>
     </row>
     <row r="387" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A387" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="388" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A388" s="1" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
     </row>
     <row r="389" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A389" s="1" t="s">
-        <v>211</v>
+        <v>328</v>
       </c>
     </row>
     <row r="390" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A390" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="391" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A391" s="1" t="s">
-        <v>440</v>
+        <v>329</v>
       </c>
     </row>
     <row r="392" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A392" s="1" t="s">
-        <v>410</v>
+        <v>211</v>
       </c>
     </row>
     <row r="393" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A393" s="1" t="s">
-        <v>330</v>
+        <v>82</v>
       </c>
     </row>
     <row r="394" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A394" s="1" t="s">
-        <v>83</v>
+        <v>440</v>
       </c>
     </row>
     <row r="395" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A395" s="1" t="s">
-        <v>331</v>
+        <v>410</v>
       </c>
     </row>
     <row r="396" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A396" s="1" t="s">
-        <v>84</v>
+        <v>330</v>
       </c>
     </row>
     <row r="397" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A397" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="398" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A398" s="1" t="s">
-        <v>86</v>
+        <v>331</v>
       </c>
     </row>
     <row r="399" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A399" s="1" t="s">
-        <v>332</v>
+        <v>84</v>
       </c>
     </row>
     <row r="400" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A400" s="1" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="401" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A401" s="1" t="s">
-        <v>444</v>
+        <v>86</v>
       </c>
     </row>
     <row r="402" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A402" s="1" t="s">
-        <v>212</v>
+        <v>332</v>
       </c>
     </row>
     <row r="403" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A403" s="1" t="s">
-        <v>333</v>
+        <v>87</v>
       </c>
     </row>
     <row r="404" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A404" s="1" t="s">
-        <v>88</v>
+        <v>444</v>
       </c>
     </row>
     <row r="405" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A405" s="1" t="s">
-        <v>89</v>
+        <v>212</v>
       </c>
     </row>
     <row r="406" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A406" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="407" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A407" s="1" t="s">
-        <v>335</v>
+        <v>88</v>
       </c>
     </row>
     <row r="408" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A408" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="409" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A409" s="1" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
     </row>
     <row r="410" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A410" s="1" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
     </row>
     <row r="411" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A411" s="3" t="s">
-        <v>358</v>
+      <c r="A411" s="1" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="412" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A412" s="1" t="s">
-        <v>213</v>
+        <v>336</v>
       </c>
     </row>
     <row r="413" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A413" s="1" t="s">
-        <v>214</v>
+        <v>337</v>
       </c>
     </row>
     <row r="414" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A414" s="1" t="s">
-        <v>91</v>
+      <c r="A414" s="3" t="s">
+        <v>358</v>
       </c>
     </row>
     <row r="415" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A415" s="1" t="s">
-        <v>92</v>
+        <v>213</v>
       </c>
     </row>
     <row r="416" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A416" s="1" t="s">
-        <v>404</v>
+        <v>214</v>
       </c>
     </row>
     <row r="417" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A417" s="1" t="s">
-        <v>215</v>
+        <v>91</v>
       </c>
     </row>
     <row r="418" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A418" s="1" t="s">
-        <v>216</v>
+        <v>92</v>
       </c>
     </row>
     <row r="419" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A419" s="1" t="s">
-        <v>93</v>
+        <v>404</v>
       </c>
     </row>
     <row r="420" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A420" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
     </row>
     <row r="421" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A421" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
     </row>
     <row r="422" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A422" s="1" t="s">
-        <v>219</v>
+        <v>93</v>
       </c>
     </row>
     <row r="423" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A423" s="1" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="424" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A424" s="1" t="s">
-        <v>94</v>
+        <v>218</v>
       </c>
     </row>
     <row r="425" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A425" s="1" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
     </row>
     <row r="426" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A426" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
     </row>
     <row r="427" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A427" s="1" t="s">
-        <v>223</v>
+        <v>94</v>
       </c>
     </row>
     <row r="428" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A428" s="1" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
     </row>
     <row r="429" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A429" s="1" t="s">
-        <v>95</v>
+        <v>222</v>
       </c>
     </row>
     <row r="430" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A430" s="1" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="431" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A431" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
     </row>
     <row r="432" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A432" s="1" t="s">
-        <v>227</v>
+        <v>95</v>
       </c>
     </row>
     <row r="433" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A433" s="1" t="s">
-        <v>338</v>
+        <v>225</v>
       </c>
     </row>
     <row r="434" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A434" s="3" t="s">
-        <v>339</v>
+      <c r="A434" s="1" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="435" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A435" s="1" t="s">
-        <v>340</v>
+        <v>227</v>
       </c>
     </row>
     <row r="436" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A436" s="1" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
     </row>
     <row r="437" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A437" s="1" t="s">
-        <v>342</v>
+      <c r="A437" s="3" t="s">
+        <v>339</v>
       </c>
     </row>
     <row r="438" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A438" s="1" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
     </row>
     <row r="439" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A439" s="1" t="s">
-        <v>228</v>
+        <v>341</v>
       </c>
     </row>
     <row r="440" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A440" s="1" t="s">
-        <v>229</v>
+        <v>342</v>
       </c>
     </row>
     <row r="441" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A441" s="1" t="s">
-        <v>230</v>
+        <v>343</v>
       </c>
     </row>
     <row r="442" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A442" s="1" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
     </row>
     <row r="443" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A443" s="1" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
     </row>
     <row r="444" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A444" s="1" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
     </row>
     <row r="445" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A445" s="1" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
     </row>
     <row r="446" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A446" s="1" t="s">
-        <v>96</v>
+        <v>232</v>
       </c>
     </row>
     <row r="447" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A447" s="1" t="s">
-        <v>97</v>
+        <v>233</v>
       </c>
     </row>
     <row r="448" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A448" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
     </row>
     <row r="449" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A449" s="1" t="s">
-        <v>344</v>
+        <v>96</v>
       </c>
     </row>
     <row r="450" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A450" s="1" t="s">
-        <v>345</v>
+        <v>97</v>
       </c>
     </row>
     <row r="451" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A451" s="1" t="s">
-        <v>98</v>
+        <v>235</v>
       </c>
     </row>
     <row r="452" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A452" s="1" t="s">
-        <v>99</v>
+        <v>344</v>
       </c>
     </row>
     <row r="453" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A453" s="1" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
     </row>
     <row r="454" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A454" s="1" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="455" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A455" s="1" t="s">
-        <v>347</v>
+        <v>99</v>
       </c>
     </row>
     <row r="456" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A456" s="1" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
     </row>
     <row r="457" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A457" s="1" t="s">
-        <v>349</v>
+        <v>100</v>
       </c>
     </row>
     <row r="458" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A458" s="1" t="s">
-        <v>236</v>
+        <v>347</v>
       </c>
     </row>
     <row r="459" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A459" s="1" t="s">
-        <v>237</v>
+        <v>348</v>
       </c>
     </row>
     <row r="460" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A460" s="1" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
     </row>
     <row r="461" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A461" s="4" t="s">
-        <v>372</v>
+      <c r="A461" s="1" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="462" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A462" s="1" t="s">
-        <v>101</v>
+        <v>237</v>
       </c>
     </row>
     <row r="463" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A463" s="1" t="s">
-        <v>102</v>
+        <v>350</v>
       </c>
     </row>
     <row r="464" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A464" s="1" t="s">
-        <v>405</v>
+      <c r="A464" s="4" t="s">
+        <v>372</v>
       </c>
     </row>
     <row r="465" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A465" s="1" t="s">
-        <v>351</v>
+        <v>101</v>
       </c>
     </row>
     <row r="466" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A466" s="1" t="s">
-        <v>442</v>
+        <v>102</v>
       </c>
     </row>
     <row r="467" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A467" s="1" t="s">
-        <v>238</v>
+        <v>405</v>
       </c>
     </row>
     <row r="468" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A468" s="1" t="s">
-        <v>239</v>
+        <v>351</v>
       </c>
     </row>
     <row r="469" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A469" s="1" t="s">
-        <v>240</v>
+        <v>442</v>
       </c>
     </row>
     <row r="470" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A470" s="1" t="s">
-        <v>352</v>
+        <v>238</v>
       </c>
     </row>
     <row r="471" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A471" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
     </row>
     <row r="472" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A472" s="1" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
     </row>
     <row r="473" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A473" s="1" t="s">
-        <v>243</v>
+        <v>352</v>
       </c>
     </row>
     <row r="474" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A474" s="1" t="s">
-        <v>387</v>
+        <v>241</v>
       </c>
     </row>
     <row r="475" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A475" s="1" t="s">
-        <v>103</v>
+        <v>242</v>
       </c>
     </row>
     <row r="476" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A476" s="1" t="s">
-        <v>353</v>
+        <v>243</v>
       </c>
     </row>
     <row r="477" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A477" s="1" t="s">
-        <v>104</v>
+        <v>387</v>
       </c>
     </row>
     <row r="478" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A478" s="1" t="s">
-        <v>354</v>
+        <v>103</v>
       </c>
     </row>
     <row r="479" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A479" s="1" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="480" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A480" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="481" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A481" s="1" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="482" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A482" s="1" t="s">
         <v>421</v>
       </c>
     </row>
   </sheetData>
   <sortState ref="A2:A404">
     <sortCondition ref="A2"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -4328,29 +4352,29 @@
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FNMT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrador</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="BExAnalyzer_OldName">
-    <vt:lpwstr>FNMT (12).xlsx</vt:lpwstr>
+    <vt:lpwstr>FNMT.xlsx</vt:lpwstr>
   </property>
 </Properties>
 </file>